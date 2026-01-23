--- v0 (2025-11-04)
+++ v1 (2026-01-23)
@@ -4,51 +4,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="All SME Tracks1762276773.xls" sheetId="1" r:id="rId4"/>
+    <sheet name="All SME Tracks1769204347.xls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>sme track</t>
   </si>
   <si>
     <t>category</t>
   </si>
   <si>
     <t>course</t>
   </si>
   <si>
     <t>Audits</t>
   </si>
   <si>
     <t>Quality System Audit</t>
   </si>
   <si>
     <t>Miscellaneous</t>
@@ -817,51 +817,51 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>All SME Tracks1762276773.xls</vt:lpstr>
+      <vt:lpstr>All SME Tracks1769204347.xls</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>