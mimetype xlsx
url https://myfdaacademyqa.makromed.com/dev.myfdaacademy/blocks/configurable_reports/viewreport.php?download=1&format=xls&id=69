--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -4,51 +4,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="All SME Tracks1769204347.xls" sheetId="1" r:id="rId4"/>
+    <sheet name="All SME Tracks1773199722.xls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>sme track</t>
   </si>
   <si>
     <t>category</t>
   </si>
   <si>
     <t>course</t>
   </si>
   <si>
     <t>Audits</t>
   </si>
   <si>
     <t>Quality System Audit</t>
   </si>
   <si>
     <t>Miscellaneous</t>
@@ -817,51 +817,51 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>All SME Tracks1769204347.xls</vt:lpstr>
+      <vt:lpstr>All SME Tracks1773199722.xls</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>